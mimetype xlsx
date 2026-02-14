--- v0 (2026-01-11)
+++ v1 (2026-02-14)
@@ -10578,260 +10578,263 @@
       </c>
       <c r="AI88">
         <v>3</v>
       </c>
       <c r="AJ88">
         <v>5</v>
       </c>
       <c r="AK88">
         <v>5</v>
       </c>
       <c r="AL88">
         <v>4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v>GEN</v>
       </c>
       <c r="B89" t="str">
         <v>T88</v>
       </c>
       <c r="C89">
         <v>88</v>
       </c>
       <c r="D89" t="str">
-        <v>Donald williams</v>
+        <v>Jason cawby</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
         <v>100</v>
       </c>
+      <c r="G89">
+        <v>319148</v>
+      </c>
       <c r="H89" t="str">
-        <v>chilipepper</v>
+        <v>jcawby</v>
       </c>
       <c r="I89">
         <v>16</v>
       </c>
       <c r="J89">
         <v>100</v>
       </c>
       <c r="K89">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L89">
         <v>3</v>
       </c>
       <c r="M89">
         <v>4</v>
       </c>
       <c r="N89">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O89">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P89">
+        <v>4</v>
+      </c>
+      <c r="Q89">
+        <v>3</v>
+      </c>
+      <c r="R89">
+        <v>3</v>
+      </c>
+      <c r="S89">
+        <v>3</v>
+      </c>
+      <c r="T89">
+        <v>4</v>
+      </c>
+      <c r="U89">
+        <v>4</v>
+      </c>
+      <c r="V89">
+        <v>4</v>
+      </c>
+      <c r="W89">
+        <v>4</v>
+      </c>
+      <c r="X89">
+        <v>4</v>
+      </c>
+      <c r="Y89">
+        <v>4</v>
+      </c>
+      <c r="Z89">
+        <v>3</v>
+      </c>
+      <c r="AA89">
+        <v>4</v>
+      </c>
+      <c r="AB89">
+        <v>3</v>
+      </c>
+      <c r="AC89">
+        <v>3</v>
+      </c>
+      <c r="AD89">
         <v>5</v>
       </c>
-      <c r="Q89">
-[...40 lines deleted...]
-      </c>
       <c r="AE89">
         <v>3</v>
       </c>
       <c r="AF89">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG89">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH89">
         <v>4</v>
       </c>
       <c r="AI89">
         <v>5</v>
       </c>
       <c r="AJ89">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AK89">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AL89">
         <v>3</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v>GEN</v>
       </c>
       <c r="B90" t="str">
         <v>T88</v>
       </c>
       <c r="C90">
         <v>88</v>
       </c>
       <c r="D90" t="str">
-        <v>Jason cawby</v>
+        <v>Donald williams</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
         <v>100</v>
       </c>
       <c r="H90" t="str">
-        <v>jcawby</v>
+        <v>chilipepper</v>
       </c>
       <c r="I90">
         <v>16</v>
       </c>
       <c r="J90">
         <v>100</v>
       </c>
       <c r="K90">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L90">
         <v>3</v>
       </c>
       <c r="M90">
         <v>4</v>
       </c>
       <c r="N90">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O90">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P90">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q90">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R90">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S90">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T90">
         <v>4</v>
       </c>
       <c r="U90">
         <v>4</v>
       </c>
       <c r="V90">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W90">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X90">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y90">
         <v>4</v>
       </c>
       <c r="Z90">
         <v>3</v>
       </c>
       <c r="AA90">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB90">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC90">
         <v>3</v>
       </c>
       <c r="AD90">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE90">
         <v>3</v>
       </c>
       <c r="AF90">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG90">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH90">
         <v>4</v>
       </c>
       <c r="AI90">
         <v>5</v>
       </c>
       <c r="AJ90">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AK90">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AL90">
         <v>3</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v>GEN</v>
       </c>
       <c r="B91" t="str">
         <v>T90</v>
       </c>
       <c r="C91">
         <v>90</v>
       </c>
       <c r="D91" t="str">
         <v>David bonds</v>
       </c>
       <c r="E91">
         <v>17</v>
       </c>
       <c r="F91">
         <v>101</v>
       </c>
       <c r="H91" t="str">