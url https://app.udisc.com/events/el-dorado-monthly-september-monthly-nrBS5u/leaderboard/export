--- v0 (2025-11-21)
+++ v1 (2026-02-01)
@@ -3560,50 +3560,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MA2</v>
       </c>
       <c r="B34" t="str">
         <v>T3</v>
       </c>
       <c r="C34">
         <v>3</v>
       </c>
       <c r="D34" t="str">
         <v>Andrew Zarnich</v>
       </c>
       <c r="E34">
         <v>-4</v>
       </c>
       <c r="F34">
         <v>56</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
+      <c r="H34">
+        <v>318479</v>
+      </c>
       <c r="I34" t="str">
         <v>ookkaayy</v>
       </c>
       <c r="J34">
         <v>-4</v>
       </c>
       <c r="K34">
         <v>56</v>
       </c>
       <c r="L34">
         <v>2</v>
       </c>
       <c r="M34">
         <v>2</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>2</v>
       </c>
       <c r="P34">
         <v>2</v>
       </c>
       <c r="Q34">
@@ -7105,51 +7108,51 @@
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>FA3</v>
       </c>
       <c r="B72" t="str">
         <v>3</v>
       </c>
       <c r="C72">
         <v>3</v>
       </c>
       <c r="D72" t="str">
         <v>Vee Montero</v>
       </c>
       <c r="E72">
         <v>10</v>
       </c>
       <c r="F72">
         <v>70</v>
       </c>
       <c r="G72">
         <v>1</v>
       </c>
       <c r="I72" t="str">
-        <v>veexram</v>
+        <v>veexmont</v>
       </c>
       <c r="J72">
         <v>10</v>
       </c>
       <c r="K72">
         <v>70</v>
       </c>
       <c r="L72">
         <v>2</v>
       </c>
       <c r="M72">
         <v>5</v>
       </c>
       <c r="N72">
         <v>3</v>
       </c>
       <c r="O72">
         <v>3</v>
       </c>
       <c r="P72">
         <v>3</v>
       </c>
       <c r="Q72">
         <v>3</v>
       </c>