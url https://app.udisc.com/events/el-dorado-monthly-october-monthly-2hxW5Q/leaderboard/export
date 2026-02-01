--- v0 (2025-11-21)
+++ v1 (2026-02-01)
@@ -6903,51 +6903,51 @@
       </c>
       <c r="AD71">
         <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>FA3</v>
       </c>
       <c r="B72" t="str">
         <v>1</v>
       </c>
       <c r="C72">
         <v>1</v>
       </c>
       <c r="D72" t="str">
         <v>Vee Montero</v>
       </c>
       <c r="E72">
         <v>1</v>
       </c>
       <c r="F72">
         <v>61</v>
       </c>
       <c r="H72" t="str">
-        <v>veexram</v>
+        <v>veexmont</v>
       </c>
       <c r="I72">
         <v>1</v>
       </c>
       <c r="J72">
         <v>61</v>
       </c>
       <c r="K72">
         <v>3</v>
       </c>
       <c r="L72">
         <v>3</v>
       </c>
       <c r="M72">
         <v>3</v>
       </c>
       <c r="N72">
         <v>3</v>
       </c>
       <c r="O72">
         <v>3</v>
       </c>
       <c r="P72">
         <v>3</v>
       </c>