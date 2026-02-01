--- v0 (2025-11-21)
+++ v1 (2026-02-01)
@@ -2000,50 +2000,53 @@
         <v>3</v>
       </c>
       <c r="AD17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA2</v>
       </c>
       <c r="B18" t="str">
         <v>T3</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="str">
         <v>Andrew Zarnich</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>60</v>
       </c>
+      <c r="G18">
+        <v>318479</v>
+      </c>
       <c r="H18" t="str">
         <v>ookkaayy</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>60</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">