--- v0 (2025-11-21)
+++ v1 (2026-02-01)
@@ -2098,50 +2098,53 @@
         <v>3</v>
       </c>
       <c r="AD18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA2</v>
       </c>
       <c r="B19" t="str">
         <v>T2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
         <v>Andrew Zarnich</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>59</v>
       </c>
+      <c r="G19">
+        <v>318479</v>
+      </c>
       <c r="H19" t="str">
         <v>ookkaayy</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>59</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
@@ -3354,51 +3357,51 @@
       </c>
       <c r="AC32">
         <v>7</v>
       </c>
       <c r="AD32">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA3</v>
       </c>
       <c r="B33" t="str">
         <v>DNF</v>
       </c>
       <c r="D33" t="str">
         <v>Vee Montero</v>
       </c>
       <c r="E33">
         <v>11</v>
       </c>
       <c r="F33">
         <v>68</v>
       </c>
       <c r="H33" t="str">
-        <v>veexram</v>
+        <v>veexmont</v>
       </c>
       <c r="I33">
         <v>11</v>
       </c>
       <c r="J33">
         <v>68</v>
       </c>
       <c r="K33">
         <v>5</v>
       </c>
       <c r="L33">
         <v>2</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
         <v>5</v>
       </c>