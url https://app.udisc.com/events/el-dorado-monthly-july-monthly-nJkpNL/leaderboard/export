--- v0 (2025-11-21)
+++ v1 (2026-02-01)
@@ -2913,50 +2913,53 @@
         <v>3</v>
       </c>
       <c r="AB29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>1</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30" t="str">
         <v>Andrew Zarnich</v>
       </c>
       <c r="E30">
         <v>-4</v>
       </c>
       <c r="F30">
         <v>53</v>
       </c>
+      <c r="G30">
+        <v>318479</v>
+      </c>
       <c r="H30" t="str">
         <v>ookkaayy</v>
       </c>
       <c r="I30">
         <v>-4</v>
       </c>
       <c r="J30">
         <v>53</v>
       </c>
       <c r="K30">
         <v>4</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">