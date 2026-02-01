--- v0 (2025-11-21)
+++ v1 (2026-02-01)
@@ -3094,50 +3094,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA2</v>
       </c>
       <c r="B29" t="str">
         <v>T7</v>
       </c>
       <c r="C29">
         <v>7</v>
       </c>
       <c r="D29" t="str">
         <v>Andrew Zarnich</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
         <v>60</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
+      <c r="H29">
+        <v>318479</v>
+      </c>
       <c r="I29" t="str">
         <v>ookkaayy</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29">
         <v>60</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>2</v>
       </c>
       <c r="O29">
         <v>2</v>
       </c>
       <c r="P29">
         <v>2</v>
       </c>
       <c r="Q29">