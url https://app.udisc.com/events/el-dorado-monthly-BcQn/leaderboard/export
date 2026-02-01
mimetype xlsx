--- v0 (2025-11-21)
+++ v1 (2026-02-01)
@@ -4249,51 +4249,51 @@
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>FA1</v>
       </c>
       <c r="B42" t="str">
         <v>1</v>
       </c>
       <c r="C42">
         <v>1</v>
       </c>
       <c r="D42" t="str">
         <v>Vee Montero</v>
       </c>
       <c r="E42">
         <v>15</v>
       </c>
       <c r="F42">
         <v>75</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
       <c r="I42" t="str">
-        <v>veexram</v>
+        <v>veexmont</v>
       </c>
       <c r="J42">
         <v>15</v>
       </c>
       <c r="K42">
         <v>75</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
         <v>5</v>
       </c>
       <c r="P42">
         <v>4</v>
       </c>
       <c r="Q42">
         <v>5</v>
       </c>