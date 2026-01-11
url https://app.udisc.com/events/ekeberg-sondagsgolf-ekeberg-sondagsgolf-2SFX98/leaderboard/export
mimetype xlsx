--- v0 (2025-11-08)
+++ v1 (2026-01-11)
@@ -2003,50 +2003,53 @@
         <v>2</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>AM</v>
       </c>
       <c r="B19" t="str">
         <v>T4</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19" t="str">
         <v>Simen Mørstad Johansen</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>56</v>
       </c>
+      <c r="G19">
+        <v>319680</v>
+      </c>
       <c r="H19" t="str">
         <v>simenmørstad</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19">
         <v>56</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">