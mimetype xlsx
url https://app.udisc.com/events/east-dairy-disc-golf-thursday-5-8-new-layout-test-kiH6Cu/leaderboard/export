--- v0 (2025-10-27)
+++ v1 (2026-01-24)
@@ -787,51 +787,51 @@
       </c>
       <c r="AI3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="E4" t="str">
         <v>Gen</v>
       </c>
       <c r="F4" t="str">
         <v>3</v>
       </c>
       <c r="G4">
         <v>3</v>
       </c>
       <c r="H4" t="str">
         <v>Atreus East</v>
       </c>
       <c r="I4">
         <v>12</v>
       </c>
       <c r="J4">
         <v>78</v>
       </c>
       <c r="L4" t="str">
-        <v>atreus13</v>
+        <v>tredog13</v>
       </c>
       <c r="M4">
         <v>12</v>
       </c>
       <c r="N4">
         <v>78</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>5</v>
       </c>
       <c r="R4">
         <v>5</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>