--- v0 (2025-10-27)
+++ v1 (2026-01-24)
@@ -1350,51 +1350,51 @@
       </c>
     </row>
     <row r="10">
       <c r="C10">
         <v>16</v>
       </c>
       <c r="D10">
         <v>-4</v>
       </c>
       <c r="E10" t="str">
         <v>Gen</v>
       </c>
       <c r="F10" t="str">
         <v>DNF</v>
       </c>
       <c r="H10" t="str">
         <v>Atreus East</v>
       </c>
       <c r="I10">
         <v>20</v>
       </c>
       <c r="J10">
         <v>77</v>
       </c>
       <c r="L10" t="str">
-        <v>atreus13</v>
+        <v>tredog13</v>
       </c>
       <c r="M10">
         <v>20</v>
       </c>
       <c r="N10">
         <v>77</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>5</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>