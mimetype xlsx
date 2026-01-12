--- v0 (2025-11-29)
+++ v1 (2026-01-12)
@@ -978,51 +978,51 @@
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Kasen England</v>
       </c>
       <c r="E7">
         <v>6</v>
       </c>
       <c r="F7">
         <v>63</v>
       </c>
       <c r="H7" t="str">
-        <v>englandkasen</v>
+        <v>minnow02</v>
       </c>
       <c r="I7">
         <v>6</v>
       </c>
       <c r="J7">
         <v>63</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>