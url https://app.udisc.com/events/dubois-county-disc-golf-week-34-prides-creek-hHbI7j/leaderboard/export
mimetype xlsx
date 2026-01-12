--- v0 (2025-10-22)
+++ v1 (2026-01-12)
@@ -1119,50 +1119,53 @@
         <v>7</v>
       </c>
       <c r="AB8">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>NoCash</v>
       </c>
       <c r="B9" t="str">
         <v>1</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="str">
         <v>Bob marks</v>
       </c>
       <c r="E9">
         <v>22</v>
       </c>
       <c r="F9">
         <v>82</v>
       </c>
+      <c r="G9">
+        <v>265066</v>
+      </c>
       <c r="H9" t="str">
         <v>skrambob424</v>
       </c>
       <c r="I9">
         <v>22</v>
       </c>
       <c r="J9">
         <v>82</v>
       </c>
       <c r="K9">
         <v>8</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
         <v>5</v>
       </c>
       <c r="N9">
         <v>5</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">