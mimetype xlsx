--- v0 (2026-01-12)
+++ v1 (2026-02-02)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB11"/>
+  <dimension ref="A1:AB12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -966,466 +966,549 @@
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>5</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>NoCash</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T4</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D7" t="str">
-        <v>Jeff Brown</v>
+        <v>Hunter matheis</v>
       </c>
       <c r="E7">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F7">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="H7" t="str">
-        <v>jeffb1383</v>
+        <v>hunmat</v>
       </c>
       <c r="I7">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J7">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="K7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V7">
         <v>4</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>NoCash</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
+        <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Mark needham</v>
+        <v>Jeff Brown</v>
       </c>
       <c r="E8">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F8">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>240049</v>
+        <v>72</v>
       </c>
       <c r="H8" t="str">
-        <v>popdisk</v>
+        <v>jeffb1383</v>
       </c>
       <c r="I8">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="J8">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="S8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V8">
         <v>4</v>
       </c>
       <c r="W8">
         <v>4</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z8">
         <v>6</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>NoCash</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Adam Marchino</v>
+        <v>Mark needham</v>
       </c>
       <c r="E9">
         <v>17</v>
       </c>
       <c r="F9">
         <v>76</v>
       </c>
+      <c r="G9">
+        <v>240049</v>
+      </c>
       <c r="H9" t="str">
-        <v>marsh300</v>
+        <v>popdisk</v>
       </c>
       <c r="I9">
         <v>17</v>
       </c>
       <c r="J9">
         <v>76</v>
       </c>
       <c r="K9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="S9">
         <v>5</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U9">
         <v>4</v>
       </c>
       <c r="V9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z9">
         <v>6</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>NoCash</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
+        <v>T8</v>
       </c>
       <c r="C10">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Don Fritts</v>
+        <v>Adam Marchino</v>
       </c>
       <c r="E10">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F10">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="H10" t="str">
-        <v>volsfan</v>
+        <v>marsh300</v>
       </c>
       <c r="I10">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="J10">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10">
         <v>5</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="S10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="T10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U10">
         <v>4</v>
       </c>
       <c r="V10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>6</v>
       </c>
       <c r="AA10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB10">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>NoCash</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Tony Wininger</v>
+        <v>Don Fritts</v>
       </c>
       <c r="E11">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F11">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H11" t="str">
-        <v>tony2222</v>
+        <v>volsfan</v>
       </c>
       <c r="I11">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="J11">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="K11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L11">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R11">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="S11">
         <v>6</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="X11">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z11">
         <v>6</v>
       </c>
       <c r="AA11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB11">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>NoCash</v>
+      </c>
+      <c r="B12" t="str">
+        <v>11</v>
+      </c>
+      <c r="C12">
+        <v>11</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Tony Wininger</v>
+      </c>
+      <c r="E12">
+        <v>28</v>
+      </c>
+      <c r="F12">
+        <v>87</v>
+      </c>
+      <c r="H12" t="str">
+        <v>tony2222</v>
+      </c>
+      <c r="I12">
+        <v>28</v>
+      </c>
+      <c r="J12">
+        <v>87</v>
+      </c>
+      <c r="K12">
+        <v>4</v>
+      </c>
+      <c r="L12">
+        <v>7</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>5</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>3</v>
+      </c>
+      <c r="R12">
+        <v>9</v>
+      </c>
+      <c r="S12">
+        <v>6</v>
+      </c>
+      <c r="T12">
+        <v>3</v>
+      </c>
+      <c r="U12">
+        <v>4</v>
+      </c>
+      <c r="V12">
+        <v>3</v>
+      </c>
+      <c r="W12">
+        <v>4</v>
+      </c>
+      <c r="X12">
+        <v>7</v>
+      </c>
+      <c r="Y12">
+        <v>4</v>
+      </c>
+      <c r="Z12">
+        <v>6</v>
+      </c>
+      <c r="AA12">
+        <v>5</v>
+      </c>
+      <c r="AB12">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB11"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 