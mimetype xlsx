--- v0 (2025-10-22)
+++ v1 (2026-01-12)
@@ -1141,200 +1141,203 @@
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
         <v>8</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>NoCash</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Aaron Wyland</v>
+        <v>Bob marks</v>
       </c>
       <c r="E9">
         <v>13</v>
       </c>
       <c r="F9">
         <v>74</v>
       </c>
+      <c r="G9">
+        <v>265066</v>
+      </c>
       <c r="H9" t="str">
-        <v>wyland25</v>
+        <v>skrambob424</v>
       </c>
       <c r="I9">
         <v>13</v>
       </c>
       <c r="J9">
         <v>74</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>5</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V9">
         <v>4</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
         <v>5</v>
       </c>
       <c r="AA9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>NoCash</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Bob marks</v>
+        <v>Aaron Wyland</v>
       </c>
       <c r="E10">
         <v>13</v>
       </c>
       <c r="F10">
         <v>74</v>
       </c>
       <c r="H10" t="str">
-        <v>skrambob424</v>
+        <v>wyland25</v>
       </c>
       <c r="I10">
         <v>13</v>
       </c>
       <c r="J10">
         <v>74</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>5</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>5</v>
       </c>
       <c r="R10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X10">
         <v>4</v>
       </c>
       <c r="Y10">
         <v>4</v>
       </c>
       <c r="Z10">
         <v>5</v>
       </c>
       <c r="AA10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>NoCash</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Nick Bateman</v>
       </c>
       <c r="E11">
         <v>14</v>
       </c>
       <c r="F11">
         <v>75</v>
       </c>
       <c r="G11">