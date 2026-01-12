--- v0 (2025-10-22)
+++ v1 (2026-01-12)
@@ -1063,50 +1063,53 @@
         <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>B Pool</v>
       </c>
       <c r="B8" t="str">
         <v>2</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
       <c r="D8" t="str">
         <v>Bob marks</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8">
         <v>57</v>
       </c>
+      <c r="G8">
+        <v>265066</v>
+      </c>
       <c r="H8" t="str">
         <v>skrambob424</v>
       </c>
       <c r="I8">
         <v>3</v>
       </c>
       <c r="J8">
         <v>57</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">