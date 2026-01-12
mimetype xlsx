--- v0 (2025-10-22)
+++ v1 (2026-01-12)
@@ -977,50 +977,53 @@
         <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Cash B</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
         <v>Bob marks</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>61</v>
       </c>
+      <c r="G7">
+        <v>265066</v>
+      </c>
       <c r="H7" t="str">
         <v>skrambob424</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>61</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">