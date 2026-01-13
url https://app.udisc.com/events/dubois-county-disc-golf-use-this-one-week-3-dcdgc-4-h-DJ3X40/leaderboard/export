--- v0 (2025-10-22)
+++ v1 (2026-01-13)
@@ -1321,50 +1321,53 @@
         <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Cash B</v>
       </c>
       <c r="B11" t="str">
         <v>T5</v>
       </c>
       <c r="C11">
         <v>5</v>
       </c>
       <c r="D11" t="str">
         <v>Bob marks</v>
       </c>
       <c r="E11">
         <v>13</v>
       </c>
       <c r="F11">
         <v>74</v>
       </c>
+      <c r="G11">
+        <v>265066</v>
+      </c>
       <c r="H11" t="str">
         <v>skrambob424</v>
       </c>
       <c r="I11">
         <v>13</v>
       </c>
       <c r="J11">
         <v>74</v>
       </c>
       <c r="K11">
         <v>5</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">