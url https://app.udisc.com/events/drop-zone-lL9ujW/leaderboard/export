--- v0 (2025-12-21)
+++ v1 (2026-02-10)
@@ -965,51 +965,51 @@
       <c r="D6">
         <v>-7</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>4</v>
       </c>
       <c r="G6">
         <v>4</v>
       </c>
       <c r="H6" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I6">
         <v>4</v>
       </c>
       <c r="J6">
         <v>61</v>
       </c>
       <c r="K6">
         <v>238931</v>
       </c>
       <c r="L6" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>61</v>
       </c>
       <c r="O6">
         <v>5</v>
       </c>
       <c r="P6">
         <v>5</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>