--- v0 (2025-12-21)
+++ v1 (2026-02-10)
@@ -705,51 +705,51 @@
       <c r="D3">
         <v>-12</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>3</v>
       </c>
       <c r="G3">
         <v>3</v>
       </c>
       <c r="H3" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I3">
         <v>8</v>
       </c>
       <c r="J3">
         <v>78</v>
       </c>
       <c r="K3">
         <v>238931</v>
       </c>
       <c r="L3" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M3">
         <v>8</v>
       </c>
       <c r="N3">
         <v>78</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>6</v>
       </c>