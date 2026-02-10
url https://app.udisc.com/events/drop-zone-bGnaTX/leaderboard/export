--- v0 (2025-10-20)
+++ v1 (2026-02-10)
@@ -2123,51 +2123,51 @@
       <c r="D18">
         <v>-5</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
         <v>11</v>
       </c>
       <c r="G18">
         <v>11</v>
       </c>
       <c r="H18" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I18">
         <v>9</v>
       </c>
       <c r="J18">
         <v>64</v>
       </c>
       <c r="K18">
         <v>238931</v>
       </c>
       <c r="L18" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M18">
         <v>9</v>
       </c>
       <c r="N18">
         <v>64</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>6</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>