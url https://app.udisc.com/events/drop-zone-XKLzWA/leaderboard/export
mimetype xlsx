--- v0 (2025-11-10)
+++ v1 (2026-02-10)
@@ -1446,51 +1446,51 @@
       <c r="D11">
         <v>-8</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>T12</v>
       </c>
       <c r="G11">
         <v>12</v>
       </c>
       <c r="H11" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I11">
         <v>8</v>
       </c>
       <c r="J11">
         <v>64</v>
       </c>
       <c r="K11">
         <v>238931</v>
       </c>
       <c r="L11" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11">
         <v>64</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>4</v>
       </c>