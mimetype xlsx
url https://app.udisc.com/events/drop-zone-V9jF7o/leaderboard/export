--- v0 (2026-01-12)
+++ v1 (2026-02-10)
@@ -2218,51 +2218,51 @@
       <c r="D19">
         <v>-4</v>
       </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
         <v>T15</v>
       </c>
       <c r="G19">
         <v>15</v>
       </c>
       <c r="H19" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I19">
         <v>15</v>
       </c>
       <c r="J19">
         <v>73</v>
       </c>
       <c r="K19">
         <v>238931</v>
       </c>
       <c r="L19" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M19">
         <v>15</v>
       </c>
       <c r="N19">
         <v>73</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>5</v>
       </c>
       <c r="S19">
         <v>6</v>
       </c>
       <c r="T19">
         <v>5</v>
       </c>