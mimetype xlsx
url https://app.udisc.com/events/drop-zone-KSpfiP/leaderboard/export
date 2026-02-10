--- v0 (2025-11-30)
+++ v1 (2026-02-10)
@@ -870,51 +870,51 @@
       <c r="D5">
         <v>-9</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>T8</v>
       </c>
       <c r="G5">
         <v>8</v>
       </c>
       <c r="H5" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I5">
         <v>8</v>
       </c>
       <c r="J5">
         <v>63</v>
       </c>
       <c r="K5">
         <v>238931</v>
       </c>
       <c r="L5" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M5">
         <v>8</v>
       </c>
       <c r="N5">
         <v>63</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>5</v>
       </c>