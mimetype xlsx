--- v0 (2025-12-21)
+++ v1 (2026-02-10)
@@ -1161,51 +1161,51 @@
       <c r="D8">
         <v>-10</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>T8</v>
       </c>
       <c r="G8">
         <v>8</v>
       </c>
       <c r="H8" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I8">
         <v>10</v>
       </c>
       <c r="J8">
         <v>66</v>
       </c>
       <c r="K8">
         <v>238931</v>
       </c>
       <c r="L8" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M8">
         <v>10</v>
       </c>
       <c r="N8">
         <v>66</v>
       </c>
       <c r="O8">
         <v>5</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>