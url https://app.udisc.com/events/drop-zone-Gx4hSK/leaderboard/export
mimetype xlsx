--- v0 (2025-11-30)
+++ v1 (2026-02-10)
@@ -1348,51 +1348,51 @@
       <c r="D10">
         <v>-11</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>T12</v>
       </c>
       <c r="G10">
         <v>12</v>
       </c>
       <c r="H10" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I10">
         <v>13</v>
       </c>
       <c r="J10">
         <v>71</v>
       </c>
       <c r="K10">
         <v>238931</v>
       </c>
       <c r="L10" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M10">
         <v>13</v>
       </c>
       <c r="N10">
         <v>71</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>