--- v0 (2025-11-09)
+++ v1 (2025-11-30)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AF18"/>
+  <dimension ref="A1:AF20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="11.83203125" customWidth="1"/>
     <col min="12" max="12" width="8.83203125" customWidth="1"/>
     <col min="13" max="13" width="20.83203125" customWidth="1"/>
     <col min="14" max="14" width="17.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -1808,362 +1808,552 @@
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
       <c r="AC14">
         <v>4</v>
       </c>
       <c r="AD14">
         <v>3</v>
       </c>
       <c r="AE14">
         <v>3</v>
       </c>
       <c r="AF14">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D15">
-        <v>-16</v>
+        <v>-1</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
-        <v>17</v>
+        <v>T5</v>
       </c>
       <c r="G15">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="H15" t="str">
-        <v>Baron</v>
+        <v>Randy Button</v>
       </c>
       <c r="I15">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="J15">
-        <v>78</v>
+        <v>60</v>
+      </c>
+      <c r="K15">
+        <v>154254</v>
       </c>
       <c r="L15" t="str">
-        <v>meeksb</v>
+        <v>rlbutton</v>
       </c>
       <c r="M15">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="N15">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="O15">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="P15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T15">
         <v>4</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE15">
         <v>4</v>
       </c>
       <c r="AF15">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>15</v>
       </c>
       <c r="C16">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D16">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>15</v>
       </c>
       <c r="G16">
         <v>15</v>
       </c>
       <c r="H16" t="str">
-        <v>Tracy Page</v>
+        <v>Brandon Walker</v>
       </c>
       <c r="I16">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="J16">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L16" t="str">
-        <v>teeman61</v>
+        <v>nvrlucky</v>
       </c>
       <c r="M16">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="N16">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R16">
         <v>5</v>
       </c>
       <c r="S16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
       <c r="U16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
         <v>4</v>
       </c>
       <c r="X16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD16">
         <v>4</v>
       </c>
       <c r="AE16">
         <v>3</v>
       </c>
       <c r="AF16">
         <v>6</v>
       </c>
     </row>
     <row r="17">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17">
+        <v>16</v>
+      </c>
+      <c r="C17">
+        <v>7</v>
+      </c>
+      <c r="D17">
+        <v>-16</v>
+      </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
-        <v>T5</v>
+        <v>18</v>
       </c>
       <c r="G17">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="H17" t="str">
-        <v>Brandon Rodriguez</v>
+        <v>Baron</v>
       </c>
       <c r="I17">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="J17">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="L17" t="str">
-        <v>brandonrod4242</v>
+        <v>meeksb</v>
       </c>
       <c r="M17">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="N17">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="O17">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="P17">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="Q17">
+        <v>4</v>
+      </c>
+      <c r="R17">
+        <v>5</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>4</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
+        <v>5</v>
+      </c>
+      <c r="W17">
+        <v>4</v>
+      </c>
+      <c r="X17">
+        <v>3</v>
+      </c>
+      <c r="Y17">
+        <v>3</v>
+      </c>
+      <c r="Z17">
+        <v>4</v>
+      </c>
+      <c r="AA17">
+        <v>4</v>
+      </c>
+      <c r="AB17">
+        <v>4</v>
+      </c>
+      <c r="AC17">
+        <v>3</v>
       </c>
       <c r="AD17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF17">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18">
+        <v>17</v>
+      </c>
+      <c r="C18">
+        <v>8</v>
+      </c>
+      <c r="D18">
+        <v>-6</v>
+      </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
         <v>16</v>
       </c>
       <c r="G18">
         <v>16</v>
       </c>
       <c r="H18" t="str">
+        <v>Tracy Page</v>
+      </c>
+      <c r="I18">
+        <v>14</v>
+      </c>
+      <c r="J18">
+        <v>69</v>
+      </c>
+      <c r="L18" t="str">
+        <v>teeman61</v>
+      </c>
+      <c r="M18">
+        <v>14</v>
+      </c>
+      <c r="N18">
+        <v>69</v>
+      </c>
+      <c r="O18">
+        <v>4</v>
+      </c>
+      <c r="P18">
+        <v>4</v>
+      </c>
+      <c r="Q18">
+        <v>4</v>
+      </c>
+      <c r="R18">
+        <v>5</v>
+      </c>
+      <c r="S18">
+        <v>5</v>
+      </c>
+      <c r="T18">
+        <v>3</v>
+      </c>
+      <c r="U18">
+        <v>3</v>
+      </c>
+      <c r="V18">
+        <v>4</v>
+      </c>
+      <c r="W18">
+        <v>4</v>
+      </c>
+      <c r="X18">
+        <v>4</v>
+      </c>
+      <c r="Y18">
+        <v>3</v>
+      </c>
+      <c r="Z18">
+        <v>4</v>
+      </c>
+      <c r="AA18">
+        <v>3</v>
+      </c>
+      <c r="AB18">
+        <v>4</v>
+      </c>
+      <c r="AC18">
+        <v>2</v>
+      </c>
+      <c r="AD18">
+        <v>4</v>
+      </c>
+      <c r="AE18">
+        <v>3</v>
+      </c>
+      <c r="AF18">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="E19" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F19" t="str">
+        <v>17</v>
+      </c>
+      <c r="G19">
+        <v>17</v>
+      </c>
+      <c r="H19" t="str">
         <v>Jeffrey slater</v>
       </c>
-      <c r="I18">
+      <c r="I19">
         <v>20</v>
       </c>
-      <c r="J18">
+      <c r="J19">
         <v>75</v>
       </c>
-      <c r="L18" t="str">
+      <c r="L19" t="str">
         <v>jdslater</v>
       </c>
-      <c r="M18">
+      <c r="M19">
         <v>20</v>
       </c>
-      <c r="N18">
+      <c r="N19">
         <v>75</v>
       </c>
-      <c r="O18">
-[...50 lines deleted...]
-      <c r="AF18">
+      <c r="O19">
+        <v>4</v>
+      </c>
+      <c r="P19">
+        <v>4</v>
+      </c>
+      <c r="Q19">
+        <v>5</v>
+      </c>
+      <c r="R19">
+        <v>4</v>
+      </c>
+      <c r="S19">
+        <v>3</v>
+      </c>
+      <c r="T19">
+        <v>3</v>
+      </c>
+      <c r="U19">
+        <v>3</v>
+      </c>
+      <c r="V19">
+        <v>5</v>
+      </c>
+      <c r="W19">
+        <v>5</v>
+      </c>
+      <c r="X19">
+        <v>4</v>
+      </c>
+      <c r="Y19">
+        <v>4</v>
+      </c>
+      <c r="Z19">
+        <v>3</v>
+      </c>
+      <c r="AA19">
+        <v>4</v>
+      </c>
+      <c r="AB19">
+        <v>4</v>
+      </c>
+      <c r="AC19">
+        <v>3</v>
+      </c>
+      <c r="AD19">
+        <v>4</v>
+      </c>
+      <c r="AE19">
+        <v>4</v>
+      </c>
+      <c r="AF19">
         <v>9</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="E20" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F20" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H20" t="str">
+        <v>Brandon Rodriguez</v>
+      </c>
+      <c r="I20">
+        <v>5</v>
+      </c>
+      <c r="J20">
+        <v>21</v>
+      </c>
+      <c r="L20" t="str">
+        <v>brandonrod4242</v>
+      </c>
+      <c r="M20">
+        <v>5</v>
+      </c>
+      <c r="N20">
+        <v>21</v>
+      </c>
+      <c r="O20">
+        <v>5</v>
+      </c>
+      <c r="P20">
+        <v>5</v>
+      </c>
+      <c r="AD20">
+        <v>3</v>
+      </c>
+      <c r="AE20">
+        <v>3</v>
+      </c>
+      <c r="AF20">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AF18"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AF20"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 