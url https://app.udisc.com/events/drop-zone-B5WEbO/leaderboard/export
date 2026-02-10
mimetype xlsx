--- v1 (2025-11-30)
+++ v2 (2026-02-10)
@@ -1737,51 +1737,51 @@
       <c r="D14">
         <v>-8</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>14</v>
       </c>
       <c r="G14">
         <v>14</v>
       </c>
       <c r="H14" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I14">
         <v>11</v>
       </c>
       <c r="J14">
         <v>66</v>
       </c>
       <c r="K14">
         <v>238931</v>
       </c>
       <c r="L14" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M14">
         <v>11</v>
       </c>
       <c r="N14">
         <v>66</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
       <c r="Q14">
         <v>4</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>