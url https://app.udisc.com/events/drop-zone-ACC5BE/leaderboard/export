--- v0 (2025-10-20)
+++ v1 (2026-02-10)
@@ -1642,51 +1642,51 @@
       <c r="D13">
         <v>-10</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>T12</v>
       </c>
       <c r="G13">
         <v>12</v>
       </c>
       <c r="H13" t="str">
         <v>Jason Dunnewin</v>
       </c>
       <c r="I13">
         <v>15</v>
       </c>
       <c r="J13">
         <v>73</v>
       </c>
       <c r="K13">
         <v>238931</v>
       </c>
       <c r="L13" t="str">
-        <v>smokeone420</v>
+        <v>jasondunnewin</v>
       </c>
       <c r="M13">
         <v>15</v>
       </c>
       <c r="N13">
         <v>73</v>
       </c>
       <c r="O13">
         <v>5</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>