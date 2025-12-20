--- v0 (2025-10-19)
+++ v1 (2025-12-20)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB5"/>
+  <dimension ref="A1:AC5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="9.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="7.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -530,50 +530,53 @@
       </c>
       <c r="U1" t="str">
         <v>hole_11</v>
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
+      <c r="AC1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>ALL</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Ken Darcovich &amp; Léo Duchesne Lavoie</v>
       </c>
       <c r="E2">
         <v>-8</v>
       </c>
       <c r="F2">
         <v>51</v>
       </c>
       <c r="H2" t="str">
         <v>kendarcovich,leodlavoie</v>
       </c>
       <c r="I2">
         <v>-8</v>
@@ -613,50 +616,53 @@
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
+      <c r="AC2" t="str">
+        <v>24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>ALL</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Alex Darcovich &amp; Sébastien "Sharkweek" Lavoie</v>
       </c>
       <c r="E3">
         <v>-7</v>
       </c>
       <c r="F3">
         <v>52</v>
       </c>
       <c r="H3" t="str">
         <v>adarcovich,sebastienlavoie</v>
       </c>
       <c r="I3">
         <v>-7</v>
@@ -696,50 +702,53 @@
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>4</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
+      <c r="AC3" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>ALL</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Jordan Noseworthy &amp; Chris Sullivan</v>
       </c>
       <c r="E4">
         <v>-7</v>
       </c>
       <c r="F4">
         <v>52</v>
       </c>
       <c r="H4" t="str">
         <v>jordan2190,csul11</v>
       </c>
       <c r="I4">
         <v>-7</v>
@@ -779,50 +788,53 @@
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
+      <c r="AC4" t="str">
+        <v>8</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>ALL</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Mario Houle &amp; Brian Penny</v>
       </c>
       <c r="E5">
         <v>-1</v>
       </c>
       <c r="F5">
         <v>58</v>
       </c>
       <c r="H5" t="str">
         <v>mariosouphoule,bpenny18</v>
       </c>
       <c r="I5">
         <v>-1</v>
@@ -865,51 +877,51 @@
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>5</v>
       </c>
       <c r="AB5">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB5"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC5"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 