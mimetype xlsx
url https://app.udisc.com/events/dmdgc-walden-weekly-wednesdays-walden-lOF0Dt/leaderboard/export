--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -2003,50 +2003,53 @@
         <v>3</v>
       </c>
       <c r="AB18">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T16</v>
       </c>
       <c r="C19">
         <v>16</v>
       </c>
       <c r="D19" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>53</v>
       </c>
+      <c r="G19">
+        <v>297917</v>
+      </c>
       <c r="H19" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>53</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">