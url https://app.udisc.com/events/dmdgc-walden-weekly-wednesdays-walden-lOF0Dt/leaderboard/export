--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -2676,50 +2676,53 @@
         <v>3</v>
       </c>
       <c r="AB26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
         <v>Carson Brown</v>
       </c>
       <c r="E27">
         <v>10</v>
       </c>
       <c r="F27">
         <v>64</v>
       </c>
+      <c r="G27">
+        <v>320916</v>
+      </c>
       <c r="H27" t="str">
         <v>carsonb2</v>
       </c>
       <c r="I27">
         <v>10</v>
       </c>
       <c r="J27">
         <v>64</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>2</v>
       </c>
       <c r="N27">
         <v>4</v>
       </c>
       <c r="O27">
         <v>5</v>
       </c>
       <c r="P27">