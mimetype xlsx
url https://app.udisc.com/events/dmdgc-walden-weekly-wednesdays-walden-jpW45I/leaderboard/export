--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -1482,203 +1482,206 @@
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Gustavo Uribe</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E13">
         <v>-2</v>
       </c>
       <c r="F13">
         <v>52</v>
       </c>
+      <c r="G13">
+        <v>297917</v>
+      </c>
       <c r="H13" t="str">
-        <v>all4goose</v>
+        <v>lifegibson</v>
       </c>
       <c r="I13">
         <v>-2</v>
       </c>
       <c r="J13">
         <v>52</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T13">
         <v>4</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v>Life Gibson</v>
+        <v>Gustavo Uribe</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>52</v>
       </c>
       <c r="H14" t="str">
-        <v>lifegibson</v>
+        <v>all4goose</v>
       </c>
       <c r="I14">
         <v>-2</v>
       </c>
       <c r="J14">
         <v>52</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T14">
         <v>4</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T12</v>
       </c>
       <c r="C15">
         <v>12</v>
       </c>
       <c r="D15" t="str">
         <v>gabo sekel</v>
       </c>
       <c r="E15">
         <v>-2</v>
       </c>
       <c r="F15">
         <v>52</v>
       </c>
       <c r="H15" t="str">
         <v>gabosekel</v>
       </c>
       <c r="I15">