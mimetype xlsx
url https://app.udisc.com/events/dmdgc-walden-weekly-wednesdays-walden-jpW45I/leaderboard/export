--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -1994,50 +1994,53 @@
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Carson Brown</v>
       </c>
       <c r="E19">
         <v>2</v>
       </c>
       <c r="F19">
         <v>56</v>
       </c>
+      <c r="G19">
+        <v>320916</v>
+      </c>
       <c r="H19" t="str">
         <v>carsonb2</v>
       </c>
       <c r="I19">
         <v>2</v>
       </c>
       <c r="J19">
         <v>56</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">