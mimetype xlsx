--- v0 (2025-10-20)
+++ v1 (2026-01-11)
@@ -1309,50 +1309,53 @@
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>51</v>
       </c>
+      <c r="G11">
+        <v>297917</v>
+      </c>
       <c r="H11" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I11">
         <v>-3</v>
       </c>
       <c r="J11">
         <v>51</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">