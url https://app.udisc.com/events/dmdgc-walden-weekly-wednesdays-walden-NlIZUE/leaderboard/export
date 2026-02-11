--- v1 (2026-01-11)
+++ v2 (2026-02-11)
@@ -1739,50 +1739,53 @@
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
         <v>Carson Brown</v>
       </c>
       <c r="E16">
         <v>-1</v>
       </c>
       <c r="F16">
         <v>53</v>
       </c>
+      <c r="G16">
+        <v>320916</v>
+      </c>
       <c r="H16" t="str">
         <v>carsonb2</v>
       </c>
       <c r="I16">
         <v>-1</v>
       </c>
       <c r="J16">
         <v>53</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">