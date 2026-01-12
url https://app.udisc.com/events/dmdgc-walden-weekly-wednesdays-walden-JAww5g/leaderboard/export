--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -1989,286 +1989,289 @@
       </c>
       <c r="Y18">
         <v>2</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
         <v>2</v>
       </c>
       <c r="AB18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T17</v>
       </c>
       <c r="C19">
         <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>Earl P</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>53</v>
       </c>
+      <c r="G19">
+        <v>297917</v>
+      </c>
       <c r="H19" t="str">
-        <v>discgolf84</v>
+        <v>lifegibson</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>53</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T17</v>
       </c>
       <c r="C20">
         <v>17</v>
       </c>
       <c r="D20" t="str">
-        <v>Juan Camarena</v>
+        <v>Earl P</v>
       </c>
       <c r="E20">
         <v>-1</v>
       </c>
       <c r="F20">
         <v>53</v>
       </c>
       <c r="H20" t="str">
-        <v>juancamarena68</v>
+        <v>discgolf84</v>
       </c>
       <c r="I20">
         <v>-1</v>
       </c>
       <c r="J20">
         <v>53</v>
       </c>
       <c r="K20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
         <v>2</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
         <v>3</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB20">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T17</v>
       </c>
       <c r="C21">
         <v>17</v>
       </c>
       <c r="D21" t="str">
-        <v>Life Gibson</v>
+        <v>Juan Camarena</v>
       </c>
       <c r="E21">
         <v>-1</v>
       </c>
       <c r="F21">
         <v>53</v>
       </c>
       <c r="H21" t="str">
-        <v>lifegibson</v>
+        <v>juancamarena68</v>
       </c>
       <c r="I21">
         <v>-1</v>
       </c>
       <c r="J21">
         <v>53</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Austin Warner</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>54</v>
       </c>
       <c r="H22" t="str">
         <v>awarner9</v>
       </c>
       <c r="I22">