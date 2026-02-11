--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -1407,50 +1407,53 @@
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
         <v>Carson Brown</v>
       </c>
       <c r="E12">
         <v>-4</v>
       </c>
       <c r="F12">
         <v>50</v>
       </c>
+      <c r="G12">
+        <v>320916</v>
+      </c>
       <c r="H12" t="str">
         <v>carsonb2</v>
       </c>
       <c r="I12">
         <v>-4</v>
       </c>
       <c r="J12">
         <v>50</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">