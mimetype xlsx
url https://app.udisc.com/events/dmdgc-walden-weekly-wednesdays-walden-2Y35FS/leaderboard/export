--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1328,51 +1328,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E11">
         <v>-1</v>
       </c>
       <c r="F11">
         <v>53</v>
       </c>
       <c r="G11">
         <v>199025</v>
       </c>
       <c r="H11" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I11">
         <v>-1</v>
       </c>
       <c r="J11">
         <v>53</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>