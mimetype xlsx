--- v1 (2025-11-10)
+++ v2 (2026-01-12)
@@ -2264,50 +2264,53 @@
         <v>4</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T19</v>
       </c>
       <c r="C22">
         <v>19</v>
       </c>
       <c r="D22" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E22">
         <v>3</v>
       </c>
       <c r="F22">
         <v>57</v>
       </c>
+      <c r="G22">
+        <v>297917</v>
+      </c>
       <c r="H22" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I22">
         <v>3</v>
       </c>
       <c r="J22">
         <v>57</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>5</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>4</v>
       </c>
       <c r="P22">