--- v0 (2025-10-19)
+++ v1 (2025-11-10)
@@ -2001,51 +2001,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E19">
         <v>4</v>
       </c>
       <c r="F19">
         <v>58</v>
       </c>
       <c r="G19">
         <v>199025</v>
       </c>
       <c r="H19" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I19">
         <v>4</v>
       </c>
       <c r="J19">
         <v>58</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>
@@ -2588,51 +2588,51 @@
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
         <v>Drew Delmonico</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
         <v>62</v>
       </c>
       <c r="H26" t="str">
-        <v>dmoney103</v>
+        <v>drewdelmonico</v>
       </c>
       <c r="I26">
         <v>8</v>
       </c>
       <c r="J26">
         <v>62</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>5</v>
       </c>
       <c r="N26">
         <v>2</v>
       </c>
       <c r="O26">
         <v>4</v>
       </c>
       <c r="P26">
         <v>4</v>
       </c>