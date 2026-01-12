--- v1 (2025-11-10)
+++ v2 (2026-01-12)
@@ -2335,50 +2335,53 @@
         <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E23">
         <v>7</v>
       </c>
       <c r="F23">
         <v>61</v>
       </c>
+      <c r="G23">
+        <v>297917</v>
+      </c>
       <c r="H23" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I23">
         <v>7</v>
       </c>
       <c r="J23">
         <v>61</v>
       </c>
       <c r="K23">
         <v>4</v>
       </c>
       <c r="L23">
         <v>2</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">