--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -2766,51 +2766,51 @@
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T25</v>
       </c>
       <c r="C28">
         <v>25</v>
       </c>
       <c r="D28" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E28">
         <v>2</v>
       </c>
       <c r="F28">
         <v>56</v>
       </c>
       <c r="G28">
         <v>199025</v>
       </c>
       <c r="H28" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I28">
         <v>2</v>
       </c>
       <c r="J28">
         <v>56</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>2</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>2</v>
       </c>