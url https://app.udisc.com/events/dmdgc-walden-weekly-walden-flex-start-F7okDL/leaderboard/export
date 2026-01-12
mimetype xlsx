--- v1 (2025-11-10)
+++ v2 (2026-01-12)
@@ -3275,50 +3275,53 @@
         <v>2</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T32</v>
       </c>
       <c r="C34">
         <v>32</v>
       </c>
       <c r="D34" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E34">
         <v>4</v>
       </c>
       <c r="F34">
         <v>58</v>
       </c>
+      <c r="G34">
+        <v>297917</v>
+      </c>
       <c r="H34" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I34">
         <v>4</v>
       </c>
       <c r="J34">
         <v>58</v>
       </c>
       <c r="K34">
         <v>5</v>
       </c>
       <c r="L34">
         <v>2</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>6</v>
       </c>
       <c r="P34">