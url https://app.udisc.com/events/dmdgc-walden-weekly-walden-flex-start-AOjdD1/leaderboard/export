--- v0 (2025-10-19)
+++ v1 (2025-11-10)
@@ -1829,51 +1829,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E17">
         <v>5</v>
       </c>
       <c r="F17">
         <v>61</v>
       </c>
       <c r="G17">
         <v>199025</v>
       </c>
       <c r="H17" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I17">
         <v>5</v>
       </c>
       <c r="J17">
         <v>61</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>