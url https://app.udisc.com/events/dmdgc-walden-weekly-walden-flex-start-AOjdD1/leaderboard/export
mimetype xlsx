--- v1 (2025-11-10)
+++ v2 (2026-01-12)
@@ -1742,50 +1742,53 @@
         <v>2</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E16">
         <v>3</v>
       </c>
       <c r="F16">
         <v>59</v>
       </c>
+      <c r="G16">
+        <v>297917</v>
+      </c>
       <c r="H16" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I16">
         <v>3</v>
       </c>
       <c r="J16">
         <v>59</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">