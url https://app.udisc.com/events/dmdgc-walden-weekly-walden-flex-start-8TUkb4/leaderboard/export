--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -2158,51 +2158,51 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E21">
         <v>10</v>
       </c>
       <c r="F21">
         <v>64</v>
       </c>
       <c r="G21">
         <v>199025</v>
       </c>
       <c r="H21" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I21">
         <v>10</v>
       </c>
       <c r="J21">
         <v>64</v>
       </c>
       <c r="K21">
         <v>5</v>
       </c>
       <c r="L21">
         <v>5</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>