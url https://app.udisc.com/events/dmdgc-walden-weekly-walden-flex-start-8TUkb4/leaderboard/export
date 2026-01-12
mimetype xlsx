--- v1 (2025-11-10)
+++ v2 (2026-01-12)
@@ -1897,200 +1897,203 @@
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Israel Magallon</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>62</v>
       </c>
+      <c r="G18">
+        <v>297917</v>
+      </c>
       <c r="H18" t="str">
-        <v>izzy925</v>
+        <v>lifegibson</v>
       </c>
       <c r="I18">
         <v>8</v>
       </c>
       <c r="J18">
         <v>62</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T17</v>
       </c>
       <c r="C19">
         <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>Life Gibson</v>
+        <v>Israel Magallon</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
         <v>62</v>
       </c>
       <c r="H19" t="str">
-        <v>lifegibson</v>
+        <v>izzy925</v>
       </c>
       <c r="I19">
         <v>8</v>
       </c>
       <c r="J19">
         <v>62</v>
       </c>
       <c r="K19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N19">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P19">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q19">
         <v>4</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Bruce wilkenson</v>
       </c>
       <c r="E20">
         <v>9</v>
       </c>
       <c r="F20">
         <v>63</v>
       </c>
       <c r="H20" t="str">