--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1672,51 +1672,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T12</v>
       </c>
       <c r="C15">
         <v>12</v>
       </c>
       <c r="D15" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E15">
         <v>-1</v>
       </c>
       <c r="F15">
         <v>53</v>
       </c>
       <c r="G15">
         <v>199025</v>
       </c>
       <c r="H15" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I15">
         <v>-1</v>
       </c>
       <c r="J15">
         <v>53</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>2</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>5</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>