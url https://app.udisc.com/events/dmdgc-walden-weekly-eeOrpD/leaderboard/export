--- v1 (2025-11-10)
+++ v2 (2026-02-11)
@@ -2768,50 +2768,53 @@
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T25</v>
       </c>
       <c r="C28">
         <v>25</v>
       </c>
       <c r="D28" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E28">
         <v>4</v>
       </c>
       <c r="F28">
         <v>58</v>
       </c>
+      <c r="G28">
+        <v>297917</v>
+      </c>
       <c r="H28" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I28">
         <v>4</v>
       </c>
       <c r="J28">
         <v>58</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>2</v>
       </c>
       <c r="M28">
         <v>4</v>
       </c>
       <c r="N28">
         <v>4</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">