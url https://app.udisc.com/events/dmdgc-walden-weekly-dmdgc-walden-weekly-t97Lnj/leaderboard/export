--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -2348,51 +2348,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E23">
         <v>6</v>
       </c>
       <c r="F23">
         <v>60</v>
       </c>
       <c r="G23">
         <v>199025</v>
       </c>
       <c r="H23" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I23">
         <v>6</v>
       </c>
       <c r="J23">
         <v>60</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>5</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>