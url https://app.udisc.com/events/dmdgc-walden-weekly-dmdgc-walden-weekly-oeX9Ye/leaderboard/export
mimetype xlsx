--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -2428,51 +2428,51 @@
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E24">
         <v>9</v>
       </c>
       <c r="F24">
         <v>63</v>
       </c>
       <c r="G24">
         <v>199025</v>
       </c>
       <c r="H24" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I24">
         <v>9</v>
       </c>
       <c r="J24">
         <v>63</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>5</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>