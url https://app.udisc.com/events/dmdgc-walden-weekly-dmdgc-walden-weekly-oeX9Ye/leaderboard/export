--- v1 (2025-11-10)
+++ v2 (2026-01-12)
@@ -1570,50 +1570,53 @@
         <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>55</v>
       </c>
+      <c r="G14">
+        <v>297917</v>
+      </c>
       <c r="H14" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I14">
         <v>1</v>
       </c>
       <c r="J14">
         <v>55</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>5</v>
       </c>
       <c r="P14">