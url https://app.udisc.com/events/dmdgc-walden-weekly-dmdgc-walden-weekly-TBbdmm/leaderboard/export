--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -2597,203 +2597,206 @@
       </c>
       <c r="Y25">
         <v>2</v>
       </c>
       <c r="Z25">
         <v>2</v>
       </c>
       <c r="AA25">
         <v>5</v>
       </c>
       <c r="AB25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
-        <v>Jason Fraser</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E26">
         <v>4</v>
       </c>
       <c r="F26">
         <v>58</v>
       </c>
+      <c r="G26">
+        <v>297917</v>
+      </c>
       <c r="H26" t="str">
-        <v>fraser1430</v>
+        <v>lifegibson</v>
       </c>
       <c r="I26">
         <v>4</v>
       </c>
       <c r="J26">
         <v>58</v>
       </c>
       <c r="K26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
         <v>4</v>
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z26">
         <v>4</v>
       </c>
       <c r="AA26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB26">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T24</v>
       </c>
       <c r="C27">
         <v>24</v>
       </c>
       <c r="D27" t="str">
-        <v>Life Gibson</v>
+        <v>Jason Fraser</v>
       </c>
       <c r="E27">
         <v>4</v>
       </c>
       <c r="F27">
         <v>58</v>
       </c>
       <c r="H27" t="str">
-        <v>lifegibson</v>
+        <v>fraser1430</v>
       </c>
       <c r="I27">
         <v>4</v>
       </c>
       <c r="J27">
         <v>58</v>
       </c>
       <c r="K27">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>4</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
         <v>4</v>
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z27">
         <v>4</v>
       </c>
       <c r="AA27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB27">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>Jim Nestor</v>
       </c>
       <c r="E28">
         <v>5</v>
       </c>
       <c r="F28">
         <v>59</v>
       </c>
       <c r="G28">
         <v>193004</v>
       </c>
       <c r="H28" t="str">