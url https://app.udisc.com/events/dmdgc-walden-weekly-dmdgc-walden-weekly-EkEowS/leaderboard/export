--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -2333,51 +2333,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
         <v>56</v>
       </c>
       <c r="G23">
         <v>199025</v>
       </c>
       <c r="H23" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23">
         <v>56</v>
       </c>
       <c r="K23">
         <v>4</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>