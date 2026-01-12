--- v1 (2025-11-10)
+++ v2 (2026-01-12)
@@ -1911,50 +1911,53 @@
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T15</v>
       </c>
       <c r="C18">
         <v>15</v>
       </c>
       <c r="D18" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>52</v>
       </c>
+      <c r="G18">
+        <v>297917</v>
+      </c>
       <c r="H18" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>52</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">