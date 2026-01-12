--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -2087,203 +2087,206 @@
       </c>
       <c r="Y19">
         <v>4</v>
       </c>
       <c r="Z19">
         <v>4</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T18</v>
       </c>
       <c r="C20">
         <v>18</v>
       </c>
       <c r="D20" t="str">
-        <v>Dustin Bookout</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E20">
         <v>4</v>
       </c>
       <c r="F20">
         <v>60</v>
       </c>
+      <c r="G20">
+        <v>297917</v>
+      </c>
       <c r="H20" t="str">
-        <v>dustinbookout</v>
+        <v>lifegibson</v>
       </c>
       <c r="I20">
         <v>4</v>
       </c>
       <c r="J20">
         <v>60</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="V20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W20">
         <v>4</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T18</v>
       </c>
       <c r="C21">
         <v>18</v>
       </c>
       <c r="D21" t="str">
-        <v>Life Gibson</v>
+        <v>Dustin Bookout</v>
       </c>
       <c r="E21">
         <v>4</v>
       </c>
       <c r="F21">
         <v>60</v>
       </c>
       <c r="H21" t="str">
-        <v>lifegibson</v>
+        <v>dustinbookout</v>
       </c>
       <c r="I21">
         <v>4</v>
       </c>
       <c r="J21">
         <v>60</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
+        <v>3</v>
+      </c>
+      <c r="M21">
+        <v>3</v>
+      </c>
+      <c r="N21">
+        <v>4</v>
+      </c>
+      <c r="O21">
+        <v>2</v>
+      </c>
+      <c r="P21">
+        <v>4</v>
+      </c>
+      <c r="Q21">
+        <v>3</v>
+      </c>
+      <c r="R21">
+        <v>3</v>
+      </c>
+      <c r="S21">
         <v>5</v>
       </c>
-      <c r="M21">
-[...19 lines deleted...]
-      </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="V21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W21">
         <v>4</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Jenn Cazanov-Diggs</v>
       </c>
       <c r="E22">
         <v>6</v>
       </c>
       <c r="F22">
         <v>62</v>
       </c>
       <c r="G22">
         <v>132627</v>
       </c>
       <c r="H22" t="str">