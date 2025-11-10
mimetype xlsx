--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -2597,51 +2597,51 @@
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E26">
         <v>3</v>
       </c>
       <c r="F26">
         <v>57</v>
       </c>
       <c r="G26">
         <v>199025</v>
       </c>
       <c r="H26" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I26">
         <v>3</v>
       </c>
       <c r="J26">
         <v>57</v>
       </c>
       <c r="K26">
         <v>6</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>2</v>
       </c>
       <c r="P26">
         <v>2</v>
       </c>