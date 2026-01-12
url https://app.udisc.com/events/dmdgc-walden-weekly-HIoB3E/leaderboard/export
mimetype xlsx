--- v1 (2025-11-10)
+++ v2 (2026-01-12)
@@ -2247,200 +2247,203 @@
       </c>
       <c r="Y21">
         <v>2</v>
       </c>
       <c r="Z21">
         <v>4</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>Juan Camarena</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
         <v>55</v>
       </c>
+      <c r="G22">
+        <v>297917</v>
+      </c>
       <c r="H22" t="str">
-        <v>juancamarena68</v>
+        <v>lifegibson</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22">
         <v>55</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
         <v>4</v>
       </c>
       <c r="Y22">
         <v>2</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
-        <v>Life Gibson</v>
+        <v>Juan Camarena</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
         <v>55</v>
       </c>
       <c r="H23" t="str">
-        <v>lifegibson</v>
+        <v>juancamarena68</v>
       </c>
       <c r="I23">
         <v>1</v>
       </c>
       <c r="J23">
         <v>55</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W23">
         <v>3</v>
       </c>
       <c r="X23">
         <v>4</v>
       </c>
       <c r="Y23">
         <v>2</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v xml:space="preserve"> Bob Mallett</v>
       </c>
       <c r="E24">
         <v>2</v>
       </c>
       <c r="F24">
         <v>56</v>
       </c>
       <c r="G24">