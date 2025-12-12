--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -2202,369 +2202,372 @@
       </c>
       <c r="Y21">
         <v>2</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>2</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>Brant Willis</v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
         <v>55</v>
       </c>
+      <c r="G22">
+        <v>297917</v>
+      </c>
       <c r="H22" t="str">
-        <v>coachb22</v>
+        <v>lifegibson</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22">
         <v>55</v>
       </c>
       <c r="K22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O22">
         <v>5</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>2</v>
       </c>
       <c r="R22">
         <v>2</v>
       </c>
       <c r="S22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="V22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X22">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Y22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB22">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
-        <v>Corey Schaeffer</v>
+        <v>Brant Willis</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
         <v>55</v>
       </c>
       <c r="H23" t="str">
-        <v>katyperry</v>
+        <v>coachb22</v>
       </c>
       <c r="I23">
         <v>1</v>
       </c>
       <c r="J23">
         <v>55</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>2</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
         <v>2</v>
       </c>
       <c r="R23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T23">
         <v>2</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W23">
         <v>3</v>
       </c>
       <c r="X23">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Y23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB23">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T21</v>
       </c>
       <c r="C24">
         <v>21</v>
       </c>
       <c r="D24" t="str">
-        <v>Jeremy Steel</v>
+        <v>Corey Schaeffer</v>
       </c>
       <c r="E24">
         <v>1</v>
       </c>
       <c r="F24">
         <v>55</v>
       </c>
       <c r="H24" t="str">
-        <v>jsteel</v>
+        <v>katyperry</v>
       </c>
       <c r="I24">
         <v>1</v>
       </c>
       <c r="J24">
         <v>55</v>
       </c>
       <c r="K24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L24">
         <v>2</v>
       </c>
       <c r="M24">
+        <v>3</v>
+      </c>
+      <c r="N24">
+        <v>3</v>
+      </c>
+      <c r="O24">
+        <v>3</v>
+      </c>
+      <c r="P24">
+        <v>3</v>
+      </c>
+      <c r="Q24">
+        <v>2</v>
+      </c>
+      <c r="R24">
+        <v>3</v>
+      </c>
+      <c r="S24">
+        <v>3</v>
+      </c>
+      <c r="T24">
+        <v>2</v>
+      </c>
+      <c r="U24">
+        <v>3</v>
+      </c>
+      <c r="V24">
         <v>5</v>
       </c>
-      <c r="N24">
-[...25 lines deleted...]
-      </c>
       <c r="W24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X24">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Y24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA24">
         <v>2</v>
       </c>
       <c r="AB24">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T21</v>
       </c>
       <c r="C25">
         <v>21</v>
       </c>
       <c r="D25" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v>Jeremy Steel</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
       <c r="F25">
         <v>55</v>
       </c>
       <c r="H25" t="str">
-        <v>lifegibson</v>
+        <v>jsteel</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
       <c r="J25">
         <v>55</v>
       </c>
       <c r="K25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U25">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W25">
         <v>4</v>
       </c>
       <c r="X25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA25">
         <v>2</v>
       </c>
       <c r="AB25">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T21</v>
       </c>
       <c r="C26">
         <v>21</v>
       </c>
       <c r="D26" t="str">
         <v>Mario Roblez</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26">
         <v>55</v>
       </c>
       <c r="H26" t="str">
         <v>airbornesmooth</v>
       </c>
       <c r="I26">