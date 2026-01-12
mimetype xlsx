--- v0 (2025-10-21)
+++ v1 (2026-01-12)
@@ -3129,381 +3129,384 @@
       </c>
       <c r="Z31">
         <v>2</v>
       </c>
       <c r="AA31">
         <v>4</v>
       </c>
       <c r="AB31">
         <v>2</v>
       </c>
       <c r="AC31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
-        <v>Dylan Chaney</v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E32">
         <v>6</v>
       </c>
       <c r="F32">
         <v>60</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
+      <c r="H32">
+        <v>297917</v>
+      </c>
       <c r="I32" t="str">
-        <v>dylanchaney</v>
+        <v>lifegibson</v>
       </c>
       <c r="J32">
         <v>6</v>
       </c>
       <c r="K32">
         <v>60</v>
       </c>
       <c r="L32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O32">
+        <v>4</v>
+      </c>
+      <c r="P32">
+        <v>4</v>
+      </c>
+      <c r="Q32">
         <v>5</v>
       </c>
-      <c r="P32">
-[...4 lines deleted...]
-      </c>
       <c r="R32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S32">
         <v>4</v>
       </c>
       <c r="T32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V32">
         <v>2</v>
       </c>
       <c r="W32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X32">
         <v>3</v>
       </c>
       <c r="Y32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA32">
         <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
       <c r="AC32">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>T31</v>
       </c>
       <c r="C33">
         <v>31</v>
       </c>
       <c r="D33" t="str">
-        <v>Jim Nestor</v>
+        <v>Dylan Chaney</v>
       </c>
       <c r="E33">
         <v>6</v>
       </c>
       <c r="F33">
         <v>60</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="I33" t="str">
-        <v>jerseyjimblues</v>
+        <v>dylanchaney</v>
       </c>
       <c r="J33">
         <v>6</v>
       </c>
       <c r="K33">
         <v>60</v>
       </c>
       <c r="L33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>
       <c r="Q33">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="R33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T33">
         <v>3</v>
       </c>
       <c r="U33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z33">
         <v>3</v>
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
       <c r="AC33">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T31</v>
       </c>
       <c r="C34">
         <v>31</v>
       </c>
       <c r="D34" t="str">
-        <v xml:space="preserve">Jorge Contreras </v>
+        <v>Jim Nestor</v>
       </c>
       <c r="E34">
         <v>6</v>
       </c>
       <c r="F34">
         <v>60</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="I34" t="str">
-        <v>jorgecon88</v>
+        <v>jerseyjimblues</v>
       </c>
       <c r="J34">
         <v>6</v>
       </c>
       <c r="K34">
         <v>60</v>
       </c>
       <c r="L34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q34">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="R34">
         <v>3</v>
       </c>
       <c r="S34">
         <v>3</v>
       </c>
       <c r="T34">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V34">
         <v>3</v>
       </c>
       <c r="W34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X34">
         <v>4</v>
       </c>
       <c r="Y34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
       <c r="AC34">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T31</v>
       </c>
       <c r="C35">
         <v>31</v>
       </c>
       <c r="D35" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v xml:space="preserve">Jorge Contreras </v>
       </c>
       <c r="E35">
         <v>6</v>
       </c>
       <c r="F35">
         <v>60</v>
       </c>
       <c r="G35">
         <v>1</v>
       </c>
       <c r="I35" t="str">
-        <v>lifegibson</v>
+        <v>jorgecon88</v>
       </c>
       <c r="J35">
         <v>6</v>
       </c>
       <c r="K35">
         <v>60</v>
       </c>
       <c r="L35">
         <v>2</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P35">
         <v>4</v>
       </c>
       <c r="Q35">
+        <v>3</v>
+      </c>
+      <c r="R35">
+        <v>3</v>
+      </c>
+      <c r="S35">
+        <v>3</v>
+      </c>
+      <c r="T35">
         <v>5</v>
       </c>
-      <c r="R35">
-[...7 lines deleted...]
-      </c>
       <c r="U35">
         <v>4</v>
       </c>
       <c r="V35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W35">
         <v>2</v>
       </c>
       <c r="X35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z35">
         <v>4</v>
       </c>
       <c r="AA35">
         <v>3</v>
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
       <c r="AC35">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>35</v>
       </c>
       <c r="C36">
         <v>35</v>
       </c>
       <c r="D36" t="str">
         <v>Eric Godinez</v>
       </c>
       <c r="E36">
         <v>7</v>
       </c>
       <c r="F36">
         <v>61</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="I36" t="str">