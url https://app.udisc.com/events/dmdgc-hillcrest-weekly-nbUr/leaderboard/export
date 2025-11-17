--- v0 (2025-10-21)
+++ v1 (2025-11-17)
@@ -1464,51 +1464,51 @@
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E13">
         <v>-5</v>
       </c>
       <c r="F13">
         <v>49</v>
       </c>
       <c r="H13" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I13">
         <v>-5</v>
       </c>
       <c r="J13">
         <v>49</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>