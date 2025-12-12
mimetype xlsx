--- v1 (2025-11-17)
+++ v2 (2025-12-12)
@@ -2877,50 +2877,53 @@
         <v>3</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T29</v>
       </c>
       <c r="C30">
         <v>29</v>
       </c>
       <c r="D30" t="str">
         <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E30">
         <v>2</v>
       </c>
       <c r="F30">
         <v>56</v>
       </c>
+      <c r="G30">
+        <v>297917</v>
+      </c>
       <c r="H30" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I30">
         <v>2</v>
       </c>
       <c r="J30">
         <v>56</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>2</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>4</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">