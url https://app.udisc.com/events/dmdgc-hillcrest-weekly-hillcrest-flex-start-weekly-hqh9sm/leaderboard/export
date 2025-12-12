--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -2404,200 +2404,203 @@
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>2</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
-        <v>Jorge Contreras</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E24">
         <v>4</v>
       </c>
       <c r="F24">
         <v>58</v>
       </c>
+      <c r="G24">
+        <v>297917</v>
+      </c>
       <c r="H24" t="str">
-        <v>jorgecon88</v>
+        <v>lifegibson</v>
       </c>
       <c r="I24">
         <v>4</v>
       </c>
       <c r="J24">
         <v>58</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U24">
         <v>4</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
-        <v>Life Gibson</v>
+        <v>Jorge Contreras</v>
       </c>
       <c r="E25">
         <v>4</v>
       </c>
       <c r="F25">
         <v>58</v>
       </c>
       <c r="H25" t="str">
-        <v>lifegibson</v>
+        <v>jorgecon88</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
         <v>58</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U25">
         <v>4</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Bill Karieva</v>
       </c>
       <c r="E26">
         <v>5</v>
       </c>
       <c r="F26">
         <v>59</v>
       </c>
       <c r="G26">
@@ -2920,51 +2923,51 @@
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T28</v>
       </c>
       <c r="C30">
         <v>28</v>
       </c>
       <c r="D30" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E30">
         <v>6</v>
       </c>
       <c r="F30">
         <v>60</v>
       </c>
       <c r="G30">
         <v>199025</v>
       </c>
       <c r="H30" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I30">
         <v>6</v>
       </c>
       <c r="J30">
         <v>60</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>4</v>
       </c>