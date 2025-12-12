--- v0 (2025-11-09)
+++ v1 (2025-12-12)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB43"/>
+  <dimension ref="A1:AB41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1568,283 +1568,286 @@
       </c>
       <c r="Y13">
         <v>2</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v>Gustavo Uribe</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>52</v>
       </c>
+      <c r="G14">
+        <v>297917</v>
+      </c>
       <c r="H14" t="str">
-        <v>all4goose</v>
+        <v>lifegibson</v>
       </c>
       <c r="I14">
         <v>-2</v>
       </c>
       <c r="J14">
         <v>52</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y14">
         <v>2</v>
       </c>
       <c r="Z14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA14">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T12</v>
       </c>
       <c r="C15">
         <v>12</v>
       </c>
       <c r="D15" t="str">
-        <v>Kenny trammell</v>
+        <v>Gustavo Uribe</v>
       </c>
       <c r="E15">
         <v>-2</v>
       </c>
       <c r="F15">
         <v>52</v>
       </c>
       <c r="H15" t="str">
-        <v>kennytrammell91</v>
+        <v>all4goose</v>
       </c>
       <c r="I15">
         <v>-2</v>
       </c>
       <c r="J15">
         <v>52</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>2</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y15">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T12</v>
       </c>
       <c r="C16">
         <v>12</v>
       </c>
       <c r="D16" t="str">
-        <v>Life Gibson</v>
+        <v>Kenny trammell</v>
       </c>
       <c r="E16">
         <v>-2</v>
       </c>
       <c r="F16">
         <v>52</v>
       </c>
       <c r="H16" t="str">
-        <v>lifegibson</v>
+        <v>kennytrammell91</v>
       </c>
       <c r="I16">
         <v>-2</v>
       </c>
       <c r="J16">
         <v>52</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Z16">
         <v>2</v>
       </c>
       <c r="AA16">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v xml:space="preserve">Moises Camarena </v>
       </c>
       <c r="E17">
         <v>-1</v>
       </c>
       <c r="F17">
         <v>53</v>
       </c>
       <c r="G17">
@@ -3507,503 +3510,454 @@
       </c>
       <c r="Y36">
         <v>2</v>
       </c>
       <c r="Z36">
         <v>4</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>36</v>
       </c>
       <c r="C37">
         <v>36</v>
       </c>
       <c r="D37" t="str">
-        <v>Anthony Mullin</v>
+        <v>Mario Roblez (Airborne Smooth)</v>
       </c>
       <c r="E37">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F37">
-        <v>59</v>
+        <v>63</v>
+      </c>
+      <c r="G37">
+        <v>17924</v>
       </c>
       <c r="H37" t="str">
-        <v>amullin7</v>
+        <v>airbornesmooth</v>
       </c>
       <c r="I37">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J37">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="K37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
+        <v>4</v>
+      </c>
+      <c r="P37">
+        <v>4</v>
+      </c>
+      <c r="Q37">
+        <v>3</v>
+      </c>
+      <c r="R37">
+        <v>3</v>
+      </c>
+      <c r="S37">
+        <v>3</v>
+      </c>
+      <c r="T37">
+        <v>4</v>
+      </c>
+      <c r="U37">
+        <v>3</v>
+      </c>
+      <c r="V37">
+        <v>3</v>
+      </c>
+      <c r="W37">
+        <v>3</v>
+      </c>
+      <c r="X37">
         <v>5</v>
       </c>
-      <c r="P37">
-[...24 lines deleted...]
-        <v>7</v>
+      <c r="Y37">
+        <v>4</v>
       </c>
       <c r="Z37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB37">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
-        <v>Mario Roblez (Airborne Smooth)</v>
+        <v>Matt Schreiner</v>
       </c>
       <c r="E38">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F38">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>17924</v>
+        <v>64</v>
       </c>
       <c r="H38" t="str">
-        <v>airbornesmooth</v>
+        <v>mattycarpenter</v>
       </c>
       <c r="I38">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J38">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
         <v>4</v>
       </c>
       <c r="P38">
         <v>4</v>
       </c>
       <c r="Q38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X38">
+        <v>3</v>
+      </c>
+      <c r="Y38">
+        <v>4</v>
+      </c>
+      <c r="Z38">
+        <v>3</v>
+      </c>
+      <c r="AA38">
+        <v>3</v>
+      </c>
+      <c r="AB38">
         <v>5</v>
-      </c>
-[...10 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>38</v>
       </c>
       <c r="C39">
         <v>38</v>
       </c>
       <c r="D39" t="str">
-        <v>Matt Schreiner</v>
+        <v>Drew Delmonico</v>
       </c>
       <c r="E39">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F39">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H39" t="str">
-        <v>mattycarpenter</v>
+        <v>drewdelmonico</v>
       </c>
       <c r="I39">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J39">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M39">
+        <v>4</v>
+      </c>
+      <c r="N39">
+        <v>2</v>
+      </c>
+      <c r="O39">
         <v>5</v>
       </c>
-      <c r="N39">
-[...4 lines deleted...]
-      </c>
       <c r="P39">
         <v>4</v>
       </c>
       <c r="Q39">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
         <v>5</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
       <c r="V39">
         <v>4</v>
       </c>
       <c r="W39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X39">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB39">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>39</v>
       </c>
       <c r="C40">
         <v>39</v>
       </c>
       <c r="D40" t="str">
-        <v>Drew Delmonico</v>
+        <v>Matt Rice</v>
       </c>
       <c r="E40">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F40">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="H40" t="str">
-        <v>drewdelmonico</v>
+        <v>mrice96680</v>
       </c>
       <c r="I40">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J40">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O40">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P40">
         <v>4</v>
       </c>
       <c r="Q40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R40">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="S40">
         <v>5</v>
       </c>
       <c r="T40">
         <v>3</v>
       </c>
       <c r="U40">
         <v>3</v>
       </c>
       <c r="V40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W40">
         <v>3</v>
       </c>
       <c r="X40">
+        <v>4</v>
+      </c>
+      <c r="Y40">
+        <v>4</v>
+      </c>
+      <c r="Z40">
+        <v>4</v>
+      </c>
+      <c r="AA40">
+        <v>4</v>
+      </c>
+      <c r="AB40">
         <v>5</v>
-      </c>
-[...10 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>DNF</v>
       </c>
       <c r="D41" t="str">
-        <v>Matt Rice</v>
+        <v>Anthony Mullin</v>
       </c>
       <c r="E41">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="F41">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="H41" t="str">
-        <v>mrice96680</v>
+        <v>amullin7</v>
       </c>
       <c r="I41">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="J41">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R41">
+        <v>4</v>
+      </c>
+      <c r="S41">
+        <v>3</v>
+      </c>
+      <c r="T41">
+        <v>3</v>
+      </c>
+      <c r="U41">
+        <v>4</v>
+      </c>
+      <c r="V41">
+        <v>3</v>
+      </c>
+      <c r="W41">
+        <v>4</v>
+      </c>
+      <c r="X41">
         <v>7</v>
       </c>
-      <c r="S41">
-[...19 lines deleted...]
-      </c>
       <c r="Z41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB41">
-        <v>5</v>
-[...45 lines deleted...]
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB43"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB41"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 